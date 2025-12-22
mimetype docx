--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -8,51 +8,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="6C30DD20" w14:textId="6B63EDB0" w:rsidR="007F1811" w:rsidRPr="0050772B" w:rsidRDefault="007F1811" w:rsidP="00493C09">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0050772B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Anhang 1</w:t>
       </w:r>
       <w:r w:rsidR="00124D8C">
@@ -270,92 +270,110 @@
         <w:t>Grundsätzlich dienen die Bausteine unseres Schutzkonzeptes dem Schutz aller Menschen im Umfeld unserer Kirchengemeinde (Dekanatsbezirk, Einrichtung), auch dem der Mitarbeitenden (z.B. ein geregelter Umgang mit Nähe und Distanz, der im Verhaltenskodex festgehalten ist und unterschrieben wird).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63FF2300" w14:textId="77777777" w:rsidR="00111C8B" w:rsidRPr="00111C8B" w:rsidRDefault="00111C8B" w:rsidP="00111C8B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:after="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00111C8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Alle kirchlichen Mitarbeitenden, insbesondere Vorgesetzte, sind verpflichtet dafür zu sorgen, dass sexuelle Belästigung nicht geduldet wird. Vorgesetzte sind außerdem dafür verantwortlich, dass auch Dritte durch kirchliche Mitarbeitende nicht sexuell belästigt werden und kirchliche Mitarbeitende vor sexueller Belästigung durch Dritte geschützt werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEE902A" w14:textId="5840A4A8" w:rsidR="00111C8B" w:rsidRPr="00111C8B" w:rsidRDefault="00111C8B" w:rsidP="00111C8B">
+    <w:p w14:paraId="4DEE902A" w14:textId="77777777" w:rsidR="00111C8B" w:rsidRPr="00111C8B" w:rsidRDefault="00111C8B" w:rsidP="00111C8B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:after="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00111C8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Zum Schutz von betroffenen Mitarbeitenden, sowie im Umgang mit beschuldigten Mitarbeitenden holen wir uns externe Beratung. Mögliche Straftatbestände, dienst- und arbeitsrechtliche Verstöße melden wir unmittelbar der*dem nächsthöheren, nicht betroffenen, Vorgesetzten. </w:t>
+        <w:t>Zum Schutz von betroffenen Mitarbeitenden, sowie im Umgang mit beschuldigten Mitarbeitenden holen wir uns externe Beratung. Mögliche Straftatbestände, dienst- und arbeitsrechtliche Verstöße melden wir unmittelbar der*dem nächsthöheren, nicht betroffenen, Vorgesetzten. Alle Personen unterliegen dabei der Schweigepflicht, sofern nicht beide beteiligten Parteien (Betroffene*r und Vorgesetzte*r) schriftlich die Erlaubnis zur Informationsweitergabe erteilt haben.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="541D7AF1" w14:textId="2F177CE8" w:rsidR="00111C8B" w:rsidRPr="00111C8B" w:rsidRDefault="00111C8B" w:rsidP="00111C8B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:after="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00111C8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Sowohl betroffenen als auch beschuldigten Personen zeigen wir Beratungs- und Unterstützungsmöglichkeiten auf. Einen Meldefall bearbeiten wir in voller Transparenz und in größtmöglicher Absprache mit den beteiligten Personen, insbesondere der betroffenen Person.</w:t>
+        <w:t xml:space="preserve">Sowohl </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111C8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>betroffenen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111C8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> als auch beschuldigten Personen zeigen wir Beratungs- und Unterstützungsmöglichkeiten auf. Einen Meldefall bearbeiten wir in voller Transparenz und in größtmöglicher Absprache mit den beteiligten Personen, insbesondere der betroffenen Person.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24416323" w14:textId="0A0247AC" w:rsidR="002A6DB7" w:rsidRPr="007A7296" w:rsidRDefault="00111C8B" w:rsidP="00111C8B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00111C8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sowohl den betroffenen Personen als auch den </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00111C8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -366,123 +384,123 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00111C8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Personen steht es offen, sich vertrauensvoll an ihre Mitarbeitervertretung zu wenden.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002A6DB7" w:rsidRPr="007A7296">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="396EAC93" w14:textId="77777777" w:rsidR="00C07869" w:rsidRDefault="00C07869" w:rsidP="00A22BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="447EEB67" w14:textId="77777777" w:rsidR="00C07869" w:rsidRDefault="00C07869" w:rsidP="00A22BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="701749F5" w14:textId="447A220E" w:rsidR="00A22BDA" w:rsidRDefault="00A22BDA" w:rsidP="00A22BDA">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C7943DC" wp14:editId="732D216A">
           <wp:extent cx="2368069" cy="659710"/>
           <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:docPr id="3" name="Grafik 3" descr="Ein Bild, das Text enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Grafik 3" descr="Ein Bild, das Text enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -587,76 +605,76 @@
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>95000</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>95000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:rect w14:anchorId="3F4A4D48" id="Rechteck 452" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:0;width:579.9pt;height:750.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:950;mso-height-percent:950;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:center;mso-position-vertical-relative:page;mso-width-percent:950;mso-height-percent:950;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaVibxjgIAAI0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGyEQvVfqPyDuzdqOHTtW1pGVKFWl&#10;NLGaVDljFrwrAUMBe+1+fQdYr6M0aqWqPqyBmXmPeczM1fVeK7ITzjdgSjo8G1AiDIeqMZuSfn++&#10;+zSjxAdmKqbAiJIehKfXi48frlo7FyOoQVXCEQQxft7aktYh2HlReF4LzfwZWGHQKMFpFnDrNkXl&#10;WIvoWhWjweCiaMFV1gEX3uPpbTbSRcKXUvDwKKUXgaiS4t1C+rr0Xcdvsbhi841jtm54dw32D7fQ&#10;rDFI2kPdssDI1jW/QemGO/AgwxkHXYCUDRcpB8xmOHiTzVPNrEi5oDje9jL5/wfLH3ZPduVQhtb6&#10;ucdlzGIvnY7/eD+yT2IderHEPhCOh9Pzi/H0HDXlaLucjGazYZKzOIVb58NnAZrERUkdvkYSie3u&#10;fUBKdD26RDYDd41S6UWUIS2W02Q2naQID6qpojX6peIQN8qRHcNnXW9GyUdt9Veo8tlkgL/4uEjR&#10;u+fdCQltyuDhKfO0CgclIo0y34QkTYW5ZoIeKHMwzoUJw3y/mlXib9QJMCJLTKTH7gBiwZ9yOmLn&#10;DDr/GCpSTffBg8z+p+A+IjGDCX2wbgy49wAUZtUxZ/+jSFmaqNIaqsPKEQe5o7zldw0+8j3zYcUc&#10;thAWBo6F8IgfqQAfE7oVJTW4n++dR3+sbLRS0mJLltT/2DInKFFfDNb85XA8jj2cNuPJdIQb99qy&#10;fm0xW30DWB5DHECWp2X0D+q4lA70C06PZWRFEzMcuUvKgztubkIeFTh/uFgukxv2rWXh3jxZHsGj&#10;qrGIn/cvzNmu0gM2yQMc25fN3xR89o2RBpbbALJJ3XDStdMbez7VbDef4lB5vU9epym6+AUAAP//&#10;AwBQSwMEFAAGAAgAAAAhAI3L74rcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I&#10;/IfISNxYOqSi0TWdKgYHOIAoTFy91ksrGqc02Vb+PR4XuFi2nvXe9/LV5Hp1oDF0ng3MZwko4to3&#10;HVsD728PVwtQISI32HsmA98UYFWcn+WYNf7Ir3SoolViwiFDA22MQ6Z1qFtyGGZ+IBZt50eHUc7R&#10;6mbEo5i7Xl8nyY122LEktDjQXUv1Z7V3BtZ1WdrHr/t1tfh4eQpoN8lzujHm8mIql6AiTfHvGU74&#10;gg6FMG39npugegNSJP7OkzZPb6XHVrZUQkEXuf7PX/wAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAmlYm8Y4CAACNBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAjcvvitwAAAAHAQAADwAAAAAAAAAAAAAAAADoBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" filled="f" strokecolor="#747070 [1614]" strokeweight="1.25pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="30253B1A" w14:textId="77777777" w:rsidR="00C07869" w:rsidRDefault="00C07869" w:rsidP="00A22BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="37DC2006" w14:textId="77777777" w:rsidR="00C07869" w:rsidRDefault="00C07869" w:rsidP="00A22BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="15D14037" w14:textId="25F1F9AF" w:rsidR="00A22BDA" w:rsidRDefault="00A22BDA" w:rsidP="00A22BDA">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F047588" wp14:editId="791DBCC4">
           <wp:extent cx="2878538" cy="612158"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Grafik 2" descr="Ein Bild, das Text, Clipart enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Grafik 2" descr="Ein Bild, das Text, Clipart enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -676,51 +694,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2909837" cy="618814"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09CE48F3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="95B029CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2799,156 +2817,153 @@
   <w:num w:numId="12" w16cid:durableId="2039037692">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="446892185">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1402017427">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="834684008">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1882355464">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1831095992">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1239096849">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00493C09"/>
     <w:rsid w:val="000A2D48"/>
     <w:rsid w:val="000D7380"/>
     <w:rsid w:val="00111C8B"/>
     <w:rsid w:val="00124D8C"/>
     <w:rsid w:val="002234FB"/>
     <w:rsid w:val="00284FAB"/>
     <w:rsid w:val="002942AD"/>
     <w:rsid w:val="002A6DB7"/>
     <w:rsid w:val="0032734B"/>
-    <w:rsid w:val="00482BDC"/>
     <w:rsid w:val="00493C09"/>
     <w:rsid w:val="004B18BA"/>
     <w:rsid w:val="004E05D4"/>
     <w:rsid w:val="004E60D7"/>
     <w:rsid w:val="0050772B"/>
-    <w:rsid w:val="00517EDC"/>
     <w:rsid w:val="0054186B"/>
     <w:rsid w:val="006A0290"/>
     <w:rsid w:val="006B0354"/>
     <w:rsid w:val="00721AF4"/>
     <w:rsid w:val="00737D96"/>
     <w:rsid w:val="00774868"/>
     <w:rsid w:val="00793BE7"/>
     <w:rsid w:val="007A7296"/>
     <w:rsid w:val="007F1811"/>
     <w:rsid w:val="0088728B"/>
     <w:rsid w:val="008D65C2"/>
     <w:rsid w:val="008F6279"/>
     <w:rsid w:val="00933274"/>
     <w:rsid w:val="0093380B"/>
     <w:rsid w:val="009365AB"/>
     <w:rsid w:val="009C6FCA"/>
     <w:rsid w:val="009E3C9D"/>
     <w:rsid w:val="00A22BDA"/>
     <w:rsid w:val="00A72E5E"/>
     <w:rsid w:val="00AE4A9D"/>
     <w:rsid w:val="00B029F3"/>
     <w:rsid w:val="00BD50F0"/>
     <w:rsid w:val="00C07869"/>
     <w:rsid w:val="00C371CD"/>
     <w:rsid w:val="00C73723"/>
     <w:rsid w:val="00C75736"/>
     <w:rsid w:val="00D02C0A"/>
     <w:rsid w:val="00DE6136"/>
     <w:rsid w:val="00DF6437"/>
     <w:rsid w:val="00F05512"/>
     <w:rsid w:val="00F066A1"/>
     <w:rsid w:val="00F06E44"/>
     <w:rsid w:val="00F50746"/>
-    <w:rsid w:val="00FC0905"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="72038D05"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{30E9C2F7-BC1C-44E9-A114-1FC1BEABB487}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3601,51 +3616,51 @@
     <w:rsid w:val="00AE4A9D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:rsid w:val="00AE4A9D"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:rsid w:val="00AE4A9D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="240795536">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="66847340">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4823,50 +4838,59 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100A4A4C0A33C13314D81531D9E19C6D7F8" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="7fbea714a3ab8603526cea7770568f0d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee2179c8-98d5-41fc-86a5-8c6c5759cba3" xmlns:ns3="f9b6240b-5e0f-43c1-bfa5-2795c42684c0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4b60b8c2a31c0affd6ba43ab64137354" ns2:_="" ns3:_="">
     <xsd:import namespace="ee2179c8-98d5-41fc-86a5-8c6c5759cba3"/>
     <xsd:import namespace="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -5057,123 +5081,114 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F616EB6-F2C0-4CF3-AF79-5D9C4FBCB123}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8BC61F7-4955-4B1B-847E-604F87423937}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ee2179c8-98d5-41fc-86a5-8c6c5759cba3"/>
     <ds:schemaRef ds:uri="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>295</Words>
-  <Characters>1863</Characters>
+  <Words>322</Words>
+  <Characters>2029</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2154</CharactersWithSpaces>
+  <CharactersWithSpaces>2347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andy Lucke</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A4A4C0A33C13314D81531D9E19C6D7F8</vt:lpwstr>
   </property>