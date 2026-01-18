--- v0 (2025-10-16)
+++ v1 (2026-01-18)
@@ -413,51 +413,51 @@
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00DF2BD4">
                         <w:rPr>
                           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif" w:cstheme="minorHAnsi"/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                         <w:t>www.aktiv-gegen-missbrauch-elkb.de</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E466D9" w:rsidRPr="00076CE3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F59D749" wp14:editId="4F174573">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F59D749" wp14:editId="691318B3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>7026993</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4826442" cy="1031273"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Grafik 5" descr="Ein Bild, das Text enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Grafik 5" descr="Ein Bild, das Text enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -504,51 +504,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="C8B9D8"/>
           <w:left w:val="single" w:sz="24" w:space="0" w:color="C8B9D8"/>
           <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C8B9D8"/>
           <w:right w:val="single" w:sz="24" w:space="0" w:color="C8B9D8"/>
           <w:insideH w:val="single" w:sz="24" w:space="0" w:color="C8B9D8"/>
           <w:insideV w:val="single" w:sz="24" w:space="0" w:color="C8B9D8"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9010"/>
       </w:tblGrid>
       <w:tr w:rsidR="001A77F8" w:rsidRPr="00076CE3" w14:paraId="1EA92267" w14:textId="77777777" w:rsidTr="007F55C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2776C225" w14:textId="5F686491" w:rsidR="001A77F8" w:rsidRPr="00076CE3" w:rsidRDefault="00E33205" w:rsidP="001A77F8">
+          <w:p w14:paraId="2776C225" w14:textId="5F686491" w:rsidR="001A77F8" w:rsidRPr="00076CE3" w:rsidRDefault="001B4C39" w:rsidP="001A77F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:pict w14:anchorId="14B490BB">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
@@ -13996,61 +13996,73 @@
     <w:p w14:paraId="2D34E327" w14:textId="6EC485C6" w:rsidR="002015E8" w:rsidRPr="00076CE3" w:rsidRDefault="002015E8" w:rsidP="00C07937">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc176166449"/>
       <w:r w:rsidRPr="00076CE3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Beschäftigtenschutz</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="403E526B" w14:textId="77777777" w:rsidR="003B3168" w:rsidRPr="00076CE3" w:rsidRDefault="003B3168" w:rsidP="003B3168">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46D24789" w14:textId="77777777" w:rsidR="00214CCD" w:rsidRPr="00076CE3" w:rsidRDefault="00214CCD" w:rsidP="00214CCD">
-[...9 lines deleted...]
-        <w:t>Kirchliche Mitarbeitende können auch selbst Opfer von sexualisierter Gewalt werden. Dies kann durch Kolleg*innen, Vorgesetze oder die ihnen anvertrauten Kinder, Jugendlichen und Erwachsenen geschehen. Ein besonderes Augenmerk ist aufgrund des Machtgefälles auf Aus- und Fortbildung, Supervision, sowie Dienst- und Fachaufsicht zu legen.</w:t>
+    <w:p w14:paraId="46D24789" w14:textId="77649773" w:rsidR="00214CCD" w:rsidRPr="00076CE3" w:rsidRDefault="00214CCD" w:rsidP="00214CCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00076CE3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Kirchliche Mitarbeitende können auch selbst Opfer von sexualisierter Gewalt werden. Dies kann durch Kolleg*innen, Vorgesetz</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0D56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076CE3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>e oder die ihnen anvertrauten Kinder, Jugendlichen und Erwachsenen geschehen. Ein besonderes Augenmerk ist aufgrund des Machtgefälles auf Aus- und Fortbildung, Supervision, sowie Dienst- und Fachaufsicht zu legen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C0F3707" w14:textId="77777777" w:rsidR="00214CCD" w:rsidRPr="00076CE3" w:rsidRDefault="00214CCD" w:rsidP="00214CCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00076CE3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Grundsätzlich dienen die Bausteine unseres Schutzkonzeptes dem Schutz aller Menschen im Umfeld unserer Kirchengemeinde (Dekanatsbezirk, Einrichtung), auch dem der Mitarbeitenden (z.B. ein geregelter Umgang mit Nähe und Distanz, der im Verhaltenskodex festgehalten ist und unterschrieben wird).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EBEBC5E" w14:textId="77777777" w:rsidR="00214CCD" w:rsidRPr="00076CE3" w:rsidRDefault="00214CCD" w:rsidP="00214CCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00076CE3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -14224,61 +14236,61 @@
     </w:tbl>
     <w:p w14:paraId="0A4F3BA2" w14:textId="0493C4C5" w:rsidR="002015E8" w:rsidRPr="00076CE3" w:rsidRDefault="002015E8" w:rsidP="009C5710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002015E8" w:rsidRPr="00076CE3" w:rsidSect="002015E8">
       <w:headerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:headerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16049452" w14:textId="77777777" w:rsidR="008B6164" w:rsidRDefault="008B6164" w:rsidP="001B7DF2">
+    <w:p w14:paraId="5C606DB3" w14:textId="77777777" w:rsidR="008B6164" w:rsidRDefault="008B6164" w:rsidP="001B7DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FDA1C45" w14:textId="77777777" w:rsidR="008B6164" w:rsidRDefault="008B6164" w:rsidP="001B7DF2">
+    <w:p w14:paraId="68E934D3" w14:textId="77777777" w:rsidR="008B6164" w:rsidRDefault="008B6164" w:rsidP="001B7DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -14304,50 +14316,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RotisSansSerif">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000027" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -14435,61 +14448,61 @@
     <w:r w:rsidRPr="002015E8">
       <w:rPr>
         <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif" w:cs="RotisSansSerif"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:u w:color="FFFFFF"/>
       </w:rPr>
       <w:t>Einrichtung XYZ</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5055AFA0" w14:textId="3A4FC648" w:rsidR="007E0C70" w:rsidRPr="002015E8" w:rsidRDefault="007E0C70" w:rsidP="002015E8">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50882BE2" w14:textId="77777777" w:rsidR="008B6164" w:rsidRDefault="008B6164" w:rsidP="001B7DF2">
+    <w:p w14:paraId="35C70F03" w14:textId="77777777" w:rsidR="008B6164" w:rsidRDefault="008B6164" w:rsidP="001B7DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43A59A15" w14:textId="77777777" w:rsidR="008B6164" w:rsidRDefault="008B6164" w:rsidP="001B7DF2">
+    <w:p w14:paraId="49B0735D" w14:textId="77777777" w:rsidR="008B6164" w:rsidRDefault="008B6164" w:rsidP="001B7DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="13058D3D" w14:textId="77777777" w:rsidR="00274D0C" w:rsidRPr="004D4EBF" w:rsidRDefault="00274D0C" w:rsidP="00274D0C">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4EBF">
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -20333,90 +20346,91 @@
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1187131764">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="2075423954">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="642584514">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="607004581">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="46"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B7DF2"/>
     <w:rsid w:val="000111F4"/>
     <w:rsid w:val="0002301A"/>
     <w:rsid w:val="00071C58"/>
     <w:rsid w:val="00076CE3"/>
     <w:rsid w:val="000A0AEB"/>
     <w:rsid w:val="000A3372"/>
     <w:rsid w:val="000A5626"/>
     <w:rsid w:val="000B4CB0"/>
     <w:rsid w:val="000B6867"/>
     <w:rsid w:val="000B79FC"/>
     <w:rsid w:val="000C2B62"/>
     <w:rsid w:val="000C4B33"/>
     <w:rsid w:val="000D5988"/>
     <w:rsid w:val="001019DB"/>
     <w:rsid w:val="00102A23"/>
+    <w:rsid w:val="0011658C"/>
     <w:rsid w:val="001233F7"/>
     <w:rsid w:val="001337FA"/>
     <w:rsid w:val="00152962"/>
     <w:rsid w:val="0016273C"/>
     <w:rsid w:val="00184378"/>
     <w:rsid w:val="001A0D18"/>
     <w:rsid w:val="001A77F8"/>
     <w:rsid w:val="001B7DF2"/>
     <w:rsid w:val="002015E8"/>
     <w:rsid w:val="00207B73"/>
     <w:rsid w:val="00214CCD"/>
     <w:rsid w:val="00251B62"/>
     <w:rsid w:val="00264D6E"/>
     <w:rsid w:val="00274D0C"/>
     <w:rsid w:val="002A6C18"/>
     <w:rsid w:val="002B13D8"/>
     <w:rsid w:val="002E50AC"/>
     <w:rsid w:val="002E60F1"/>
     <w:rsid w:val="003213F4"/>
     <w:rsid w:val="003550F5"/>
     <w:rsid w:val="003622AD"/>
     <w:rsid w:val="003875B6"/>
     <w:rsid w:val="003B3168"/>
     <w:rsid w:val="003D018E"/>
     <w:rsid w:val="003D0E51"/>
@@ -20431,90 +20445,92 @@
     <w:rsid w:val="004E720B"/>
     <w:rsid w:val="004F172B"/>
     <w:rsid w:val="00552163"/>
     <w:rsid w:val="0055279C"/>
     <w:rsid w:val="00592DAB"/>
     <w:rsid w:val="005A4E64"/>
     <w:rsid w:val="005A574B"/>
     <w:rsid w:val="005C411F"/>
     <w:rsid w:val="005C5196"/>
     <w:rsid w:val="005E4044"/>
     <w:rsid w:val="005F41CA"/>
     <w:rsid w:val="0061083F"/>
     <w:rsid w:val="00612317"/>
     <w:rsid w:val="0062124A"/>
     <w:rsid w:val="00637B17"/>
     <w:rsid w:val="006539DE"/>
     <w:rsid w:val="006723B1"/>
     <w:rsid w:val="00683319"/>
     <w:rsid w:val="00693316"/>
     <w:rsid w:val="006A6E7B"/>
     <w:rsid w:val="006B32F0"/>
     <w:rsid w:val="006C5AF3"/>
     <w:rsid w:val="00731718"/>
     <w:rsid w:val="007473C4"/>
     <w:rsid w:val="0079552B"/>
+    <w:rsid w:val="007A4C8B"/>
     <w:rsid w:val="007B3AD4"/>
     <w:rsid w:val="007D5348"/>
     <w:rsid w:val="007E0C70"/>
     <w:rsid w:val="007E15E7"/>
     <w:rsid w:val="007E23D8"/>
     <w:rsid w:val="00812E31"/>
     <w:rsid w:val="00823C0B"/>
     <w:rsid w:val="00847B36"/>
     <w:rsid w:val="008611AC"/>
     <w:rsid w:val="00863D89"/>
     <w:rsid w:val="008647B9"/>
     <w:rsid w:val="00877A75"/>
     <w:rsid w:val="008A2BF3"/>
     <w:rsid w:val="008B6164"/>
     <w:rsid w:val="008D4C16"/>
     <w:rsid w:val="008F44EA"/>
     <w:rsid w:val="00935ABB"/>
     <w:rsid w:val="00977957"/>
     <w:rsid w:val="00987F32"/>
     <w:rsid w:val="009A5506"/>
     <w:rsid w:val="009C5710"/>
     <w:rsid w:val="009C62FB"/>
     <w:rsid w:val="009F379A"/>
     <w:rsid w:val="00A1038D"/>
     <w:rsid w:val="00A173B3"/>
     <w:rsid w:val="00A6464B"/>
     <w:rsid w:val="00A8353B"/>
     <w:rsid w:val="00AA1965"/>
     <w:rsid w:val="00AA27E5"/>
     <w:rsid w:val="00AA40A4"/>
     <w:rsid w:val="00AB4270"/>
     <w:rsid w:val="00B14728"/>
     <w:rsid w:val="00B21F3A"/>
     <w:rsid w:val="00B25B05"/>
     <w:rsid w:val="00B43169"/>
     <w:rsid w:val="00B65529"/>
     <w:rsid w:val="00B77060"/>
     <w:rsid w:val="00B80523"/>
     <w:rsid w:val="00B87AF3"/>
     <w:rsid w:val="00BB17DE"/>
+    <w:rsid w:val="00BF0D56"/>
     <w:rsid w:val="00C07937"/>
     <w:rsid w:val="00C25944"/>
     <w:rsid w:val="00C33897"/>
     <w:rsid w:val="00C44B66"/>
     <w:rsid w:val="00C556B5"/>
     <w:rsid w:val="00C91835"/>
     <w:rsid w:val="00C93EB9"/>
     <w:rsid w:val="00CA516A"/>
     <w:rsid w:val="00D01B67"/>
     <w:rsid w:val="00D1567A"/>
     <w:rsid w:val="00D70DF9"/>
     <w:rsid w:val="00D71071"/>
     <w:rsid w:val="00D86D9D"/>
     <w:rsid w:val="00DA7F15"/>
     <w:rsid w:val="00DC6E95"/>
     <w:rsid w:val="00DD23F2"/>
     <w:rsid w:val="00DF2BD4"/>
     <w:rsid w:val="00E02A03"/>
     <w:rsid w:val="00E05106"/>
     <w:rsid w:val="00E15644"/>
     <w:rsid w:val="00E466D9"/>
     <w:rsid w:val="00E753BE"/>
     <w:rsid w:val="00E75FE8"/>
     <w:rsid w:val="00E82355"/>
     <w:rsid w:val="00E8672E"/>
@@ -21993,52 +22009,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100A4A4C0A33C13314D81531D9E19C6D7F8" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="7fbea714a3ab8603526cea7770568f0d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee2179c8-98d5-41fc-86a5-8c6c5759cba3" xmlns:ns3="f9b6240b-5e0f-43c1-bfa5-2795c42684c0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4b60b8c2a31c0affd6ba43ab64137354" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100A4A4C0A33C13314D81531D9E19C6D7F8" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="7c47e196de44d8c5ada8f1b6f6b3e372">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee2179c8-98d5-41fc-86a5-8c6c5759cba3" xmlns:ns3="f9b6240b-5e0f-43c1-bfa5-2795c42684c0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b0fdbd790e32fe66a1c5710befd1b4aa" ns2:_="" ns3:_="">
     <xsd:import namespace="ee2179c8-98d5-41fc-86a5-8c6c5759cba3"/>
     <xsd:import namespace="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -22228,149 +22244,134 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ee2179c8-98d5-41fc-86a5-8c6c5759cba3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f9b6240b-5e0f-43c1-bfa5-2795c42684c0" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D63840D-F543-4007-932A-3C3C0968EB89}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD147B15-9D9C-4E46-93E9-0C094DD2A764}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8630020B-47EC-4AA0-A962-8ABF72156DA8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09DF46F1-54D0-4911-B54E-70DCEBEC3CEC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB379C09-8520-4B77-BB10-D096B2FA2CF3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09DF46F1-54D0-4911-B54E-70DCEBEC3CEC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8630020B-47EC-4AA0-A962-8ABF72156DA8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ee2179c8-98d5-41fc-86a5-8c6c5759cba3"/>
+    <ds:schemaRef ds:uri="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>33</Pages>
   <Words>7690</Words>
-  <Characters>48447</Characters>
+  <Characters>48448</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>403</Lines>
   <Paragraphs>112</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>56025</CharactersWithSpaces>
+  <CharactersWithSpaces>56026</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andy Lucke</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A4A4C0A33C13314D81531D9E19C6D7F8</vt:lpwstr>
   </property>