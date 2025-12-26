--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -9,51 +9,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="4EEAA22A" w14:textId="090762B1" w:rsidR="00247114" w:rsidRPr="00DD7E9C" w:rsidRDefault="00247114" w:rsidP="00940B03">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="576" w:hanging="576"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc128753352"/>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
@@ -235,299 +235,215 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="216B21B1" w14:textId="77777777" w:rsidR="007C3E43" w:rsidRPr="00DD7E9C" w:rsidRDefault="007C3E43" w:rsidP="004D040C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="727A12AE" w14:textId="53A02F3D" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Intervention beschreibt eine geordnete und fachlich begründete Vorgehensweise zum Umgang mit Hinweisen, Wahrnehmungen oder Meldungen von Vorfällen sexualisierter Gewalt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="502BA415" w14:textId="18445BEE" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="000C1D1E" w:rsidP="00940B03">
-[...52 lines deleted...]
-        <w:t xml:space="preserve">: Die Zuständigkeit liegt auf der Leitungsebene. Alle Maßnahmen müssen mit ……………..…… </w:t>
+    <w:p w14:paraId="502BA415" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7E9C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wir als Leitungsverantwortliche müssen handeln, um Gefährdungen oder übergriffiges Verhalten schnellstmöglich zu beenden und weitere Gewalt zu verhindern. Der Schutz von Betroffenen und die Sicherstellung von Hilfen und Unterstützung haben dabei oberste Priorität. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354291AC" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7E9C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zentral ist: Die Zuständigkeit liegt auf der Leitungsebene. Alle Maßnahmen müssen mit ……………..…… </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Name einfügen)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> abgestimmt sein.</w:t>
       </w:r>
-      <w:r w:rsidR="0093408C">
-[...10 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="55DB375E" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Grundsätze unserer Intervention sind: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E800B7" w14:textId="30E5AC7F" w:rsidR="00940B03" w:rsidRPr="00A47090" w:rsidRDefault="009E3728" w:rsidP="00A47090">
-[...1 lines deleted...]
-        <w:pStyle w:val="Listenabsatz"/>
+    <w:p w14:paraId="55E800B7" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...24 lines deleted...]
-        <w:pStyle w:val="Listenabsatz"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7E9C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>alle Beteiligten im Blick behalten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40705814" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7E9C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>keine alleinigen Entscheidungen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A47090">
-[...8 lines deleted...]
-        <w:pStyle w:val="Listenabsatz"/>
+    </w:p>
+    <w:p w14:paraId="30EFCAD0" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...20 lines deleted...]
-      </w:r>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7E9C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Interventionsteam/Informierten Personenkreis klein halten, um handlungsfähig zu sein</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A445557" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2A8AEB42" w14:textId="77777777" w:rsidR="00A374B2" w:rsidRPr="00DD7E9C" w:rsidRDefault="00A374B2" w:rsidP="00940B03">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E70182C" w14:textId="77777777" w:rsidR="003019E3" w:rsidRPr="00DD7E9C" w:rsidRDefault="008E0503" w:rsidP="00940B03">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Interventionsleitfaden</w:t>
       </w:r>
       <w:r w:rsidR="003019E3" w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D5C179E" w14:textId="2D899259" w:rsidR="008E0503" w:rsidRPr="00DD7E9C" w:rsidRDefault="008E0503" w:rsidP="00940B03">
+    <w:p w14:paraId="1D5C179E" w14:textId="319FEFB8" w:rsidR="008E0503" w:rsidRPr="00DD7E9C" w:rsidRDefault="008E0503" w:rsidP="00940B03">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Für das Vorgehen bei Hinweisen auf sexualisierte Gewalt ist der Interventionsleitfaden der ELKB </w:t>
-[...13 lines deleted...]
-        <w:t>verbindlich.</w:t>
+        <w:t>Für das Vorgehen bei Hinweisen auf sexualisierte Gewalt ist der Interventionsleitfaden der ELKB verbindlich.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7102D4BF" w14:textId="77777777" w:rsidR="003019E3" w:rsidRPr="00DD7E9C" w:rsidRDefault="003019E3" w:rsidP="00940B03">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14A8A71D" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -547,65 +463,51 @@
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Das Interventionsteam</w:t>
       </w:r>
       <w:r w:rsidR="00A374B2" w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> soll die*den Leitungsverantwortliche</w:t>
       </w:r>
       <w:r w:rsidR="00021D87" w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00A374B2" w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>n unterstützen, gemeinsam das Vorgehen besprechen und das Vier-Augen-Prinzip sicherstellen (</w:t>
-[...13 lines deleted...]
-        <w:t>). Das Interventionsteam</w:t>
+        <w:t>n unterstützen, gemeinsam das Vorgehen besprechen und das Vier-Augen-Prinzip sicherstellen (mindestens zwei Personen treffen die Entscheidungen, nicht eine allen). Das Interventionsteam</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> besteht aus folgenden Personen:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E9FAA09" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E4AF2DC" w14:textId="453A7EBF" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
@@ -1030,458 +932,345 @@
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="493CBA46" w14:textId="77777777" w:rsidR="00AD01EE" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00AD01EE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Beratungsrecht und Meldepflicht</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079AB94A" w14:textId="5ACD2E35" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00AD01EE">
+    <w:p w14:paraId="39C2F76C" w14:textId="7DD28087" w:rsidR="003019E3" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00AD01EE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Kommt es zu Verdachtsfällen, haben alle kirchlichen Mitarbeitenden immer das Recht, sich bei der Meldestelle der ELKB beraten zu lassen. Ergeben sich aus dem Sachverhalt erhärtete Hinweise auf sexualisierte Gewalt, greift die Meldepflicht. Im Regelfall läuft die offizielle Meldung über </w:t>
       </w:r>
       <w:r w:rsidR="003019E3" w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………….</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003019E3" w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Name des*der Dekans*in</w:t>
       </w:r>
       <w:r w:rsidR="00456FDA" w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> bzw. Einrichtungsleitung</w:t>
       </w:r>
       <w:r w:rsidR="003019E3" w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">). Eine Meldung </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DD7E9C">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079AB94A" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="003019E3" w:rsidP="00AD01EE">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7E9C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eine Meldung </w:t>
+      </w:r>
+      <w:r w:rsidR="00940B03" w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>kann aber auch durch andere kirchliche Mitarbeitende oder Betroffene selbst erfolgen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55C2F132" w14:textId="77777777" w:rsidR="00AD01EE" w:rsidRPr="00DD7E9C" w:rsidRDefault="00AD01EE" w:rsidP="00AD01EE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32ABF68A" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00AD01EE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Kontaktdaten der Meldestelle der ELKB:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A1DCAC7" w14:textId="0C7291E1" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00AD01EE">
+    <w:p w14:paraId="0A1DCAC7" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00AD01EE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tel. 089 / 5595 – 342 </w:t>
+        <w:t>Tel. 089 / 5595 – 342 oder 089 / 5595 – 676</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F8E213" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00AD01EE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E9C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Mail: meldestellesg@elkb.de</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E05CC11" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BE86061" w14:textId="77777777" w:rsidR="00962429" w:rsidRDefault="00962429" w:rsidP="00962429">
-[...201 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6F7287DB" w14:textId="77777777" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="003019E3" w:rsidP="00940B03">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7E9C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Anhang:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D2DB1E" w14:textId="77777777" w:rsidR="008E0503" w:rsidRPr="00DD7E9C" w:rsidRDefault="008E0503" w:rsidP="00940B03">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7E9C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Interventionsleitfaden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2CB96F" w14:textId="1663C0A3" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7E9C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ausgefüllte Vorlage Interventionsteam</w:t>
+      </w:r>
+      <w:r w:rsidR="003019E3" w:rsidRPr="00DD7E9C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mit Kontaktdaten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D29F41" w14:textId="0F99B28F" w:rsidR="00940B03" w:rsidRPr="00DD7E9C" w:rsidRDefault="00940B03" w:rsidP="00940B03">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7E9C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ausgefüllte Vorlage Netzwerkpartner*innen</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="483468D7" w14:textId="77777777" w:rsidR="004D7E8F" w:rsidRPr="00DD7E9C" w:rsidRDefault="004D7E8F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004D7E8F" w:rsidRPr="00DD7E9C">
-      <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="575C27C7" w14:textId="77777777" w:rsidR="00EF4ED6" w:rsidRDefault="00EF4ED6" w:rsidP="00247114">
+    <w:p w14:paraId="20E4ACE1" w14:textId="77777777" w:rsidR="00990024" w:rsidRDefault="00990024" w:rsidP="00247114">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09FD90FB" w14:textId="77777777" w:rsidR="00EF4ED6" w:rsidRDefault="00EF4ED6" w:rsidP="00247114">
+    <w:p w14:paraId="5AF8E807" w14:textId="77777777" w:rsidR="00990024" w:rsidRDefault="00990024" w:rsidP="00247114">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="15199A50" w14:textId="1612BB3B" w:rsidR="00247114" w:rsidRDefault="00247114" w:rsidP="00247114">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67A5849F" wp14:editId="53DDBED2">
           <wp:extent cx="2368069" cy="659710"/>
           <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:docPr id="3" name="Grafik 3" descr="Ein Bild, das Text enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Grafik 3" descr="Ein Bild, das Text enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -1586,76 +1375,76 @@
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>95000</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>95000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:rect w14:anchorId="77BE8AD9" id="Rechteck 452" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:0;width:579.9pt;height:750.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:950;mso-height-percent:950;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:center;mso-position-vertical-relative:page;mso-width-percent:950;mso-height-percent:950;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaVibxjgIAAI0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGyEQvVfqPyDuzdqOHTtW1pGVKFWl&#10;NLGaVDljFrwrAUMBe+1+fQdYr6M0aqWqPqyBmXmPeczM1fVeK7ITzjdgSjo8G1AiDIeqMZuSfn++&#10;+zSjxAdmKqbAiJIehKfXi48frlo7FyOoQVXCEQQxft7aktYh2HlReF4LzfwZWGHQKMFpFnDrNkXl&#10;WIvoWhWjweCiaMFV1gEX3uPpbTbSRcKXUvDwKKUXgaiS4t1C+rr0Xcdvsbhi841jtm54dw32D7fQ&#10;rDFI2kPdssDI1jW/QemGO/AgwxkHXYCUDRcpB8xmOHiTzVPNrEi5oDje9jL5/wfLH3ZPduVQhtb6&#10;ucdlzGIvnY7/eD+yT2IderHEPhCOh9Pzi/H0HDXlaLucjGazYZKzOIVb58NnAZrERUkdvkYSie3u&#10;fUBKdD26RDYDd41S6UWUIS2W02Q2naQID6qpojX6peIQN8qRHcNnXW9GyUdt9Veo8tlkgL/4uEjR&#10;u+fdCQltyuDhKfO0CgclIo0y34QkTYW5ZoIeKHMwzoUJw3y/mlXib9QJMCJLTKTH7gBiwZ9yOmLn&#10;DDr/GCpSTffBg8z+p+A+IjGDCX2wbgy49wAUZtUxZ/+jSFmaqNIaqsPKEQe5o7zldw0+8j3zYcUc&#10;thAWBo6F8IgfqQAfE7oVJTW4n++dR3+sbLRS0mJLltT/2DInKFFfDNb85XA8jj2cNuPJdIQb99qy&#10;fm0xW30DWB5DHECWp2X0D+q4lA70C06PZWRFEzMcuUvKgztubkIeFTh/uFgukxv2rWXh3jxZHsGj&#10;qrGIn/cvzNmu0gM2yQMc25fN3xR89o2RBpbbALJJ3XDStdMbez7VbDef4lB5vU9epym6+AUAAP//&#10;AwBQSwMEFAAGAAgAAAAhAI3L74rcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I&#10;/IfISNxYOqSi0TWdKgYHOIAoTFy91ksrGqc02Vb+PR4XuFi2nvXe9/LV5Hp1oDF0ng3MZwko4to3&#10;HVsD728PVwtQISI32HsmA98UYFWcn+WYNf7Ir3SoolViwiFDA22MQ6Z1qFtyGGZ+IBZt50eHUc7R&#10;6mbEo5i7Xl8nyY122LEktDjQXUv1Z7V3BtZ1WdrHr/t1tfh4eQpoN8lzujHm8mIql6AiTfHvGU74&#10;gg6FMG39npugegNSJP7OkzZPb6XHVrZUQkEXuf7PX/wAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAmlYm8Y4CAACNBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAjcvvitwAAAAHAQAADwAAAAAAAAAAAAAAAADoBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" filled="f" strokecolor="#747070 [1614]" strokeweight="1.25pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E1814BE" w14:textId="77777777" w:rsidR="00EF4ED6" w:rsidRDefault="00EF4ED6" w:rsidP="00247114">
+    <w:p w14:paraId="06938157" w14:textId="77777777" w:rsidR="00990024" w:rsidRDefault="00990024" w:rsidP="00247114">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10E8785D" w14:textId="77777777" w:rsidR="00EF4ED6" w:rsidRDefault="00EF4ED6" w:rsidP="00247114">
+    <w:p w14:paraId="14655919" w14:textId="77777777" w:rsidR="00990024" w:rsidRDefault="00990024" w:rsidP="00247114">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="131AC31E" w14:textId="3614562B" w:rsidR="00247114" w:rsidRDefault="00247114" w:rsidP="00247114">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="5985"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18888CB0" wp14:editId="498A0478">
           <wp:extent cx="2878538" cy="612158"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Grafik 2" descr="Ein Bild, das Text, Clipart enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1680,278 +1469,52 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2909837" cy="618814"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08903D46"/>
-[...224 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FAE6C8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8B86A98"/>
     <w:lvl w:ilvl="0" w:tplc="31E0B2EE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2019,51 +1582,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="333B1416"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="04070025"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -2114,51 +1677,51 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C7611CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74100904"/>
     <w:lvl w:ilvl="0" w:tplc="D02E1360">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2226,51 +1789,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67D6510E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="773A4CD8"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2339,51 +1902,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ED70574"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E22AEE2E"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2425,278 +1988,143 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...111 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1238974554">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="66852065">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="66852065">
+  <w:num w:numId="3" w16cid:durableId="466432122">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="353308747">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="466432122">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="5" w16cid:durableId="623465825">
-    <w:abstractNumId w:val="3"/>
-[...7 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="324019001">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00940B03"/>
     <w:rsid w:val="00021D87"/>
-    <w:rsid w:val="000B02EE"/>
-    <w:rsid w:val="000C1D1E"/>
     <w:rsid w:val="00247114"/>
     <w:rsid w:val="003019E3"/>
     <w:rsid w:val="0032607F"/>
-    <w:rsid w:val="0036233F"/>
     <w:rsid w:val="00456FDA"/>
     <w:rsid w:val="004D7E8F"/>
-    <w:rsid w:val="005C2115"/>
     <w:rsid w:val="006014E1"/>
     <w:rsid w:val="007C3E43"/>
     <w:rsid w:val="007F736A"/>
     <w:rsid w:val="008E0503"/>
-    <w:rsid w:val="0093408C"/>
     <w:rsid w:val="00940B03"/>
-    <w:rsid w:val="00962429"/>
     <w:rsid w:val="00990024"/>
-    <w:rsid w:val="009E3728"/>
     <w:rsid w:val="00A374B2"/>
-    <w:rsid w:val="00A47090"/>
-    <w:rsid w:val="00AA1965"/>
     <w:rsid w:val="00AD01EE"/>
-    <w:rsid w:val="00AF226B"/>
-    <w:rsid w:val="00B87AF3"/>
     <w:rsid w:val="00D14111"/>
     <w:rsid w:val="00D36DDD"/>
-    <w:rsid w:val="00D74AD1"/>
     <w:rsid w:val="00D81447"/>
     <w:rsid w:val="00DD7E9C"/>
-    <w:rsid w:val="00EF4ED6"/>
     <w:rsid w:val="00FC786E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2312A0F6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C08E5005-45BE-4C85-B9F9-547E6C5388C1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3298,50 +2726,51 @@
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift9Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00940B03"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
     <w:name w:val="Überschrift 1 Zchn"/>
@@ -3602,94 +3031,66 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00247114"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00247114"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...27 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3922,85 +3323,82 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100A4A4C0A33C13314D81531D9E19C6D7F8" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="7fbea714a3ab8603526cea7770568f0d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee2179c8-98d5-41fc-86a5-8c6c5759cba3" xmlns:ns3="f9b6240b-5e0f-43c1-bfa5-2795c42684c0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4b60b8c2a31c0affd6ba43ab64137354" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100A4A4C0A33C13314D81531D9E19C6D7F8" ma:contentTypeVersion="14" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="7a9448d80544975b1374501295cdb80f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee2179c8-98d5-41fc-86a5-8c6c5759cba3" xmlns:ns3="f9b6240b-5e0f-43c1-bfa5-2795c42684c0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="19a234bc2e65ed80f3a658bf44bd5d46" ns2:_="" ns3:_="">
     <xsd:import namespace="ee2179c8-98d5-41fc-86a5-8c6c5759cba3"/>
     <xsd:import namespace="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ee2179c8-98d5-41fc-86a5-8c6c5759cba3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -4019,55 +3417,50 @@
     <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
-      </xsd:simpleType>
-[...3 lines deleted...]
-        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f9b6240b-5e0f-43c1-bfa5-2795c42684c0" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f48022c2-5074-46eb-b251-abf7088bc279}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f9b6240b-5e0f-43c1-bfa5-2795c42684c0">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="20" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
@@ -4168,131 +3561,130 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ee2179c8-98d5-41fc-86a5-8c6c5759cba3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f9b6240b-5e0f-43c1-bfa5-2795c42684c0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC1E0B43-6A04-4E48-940D-1392D1691F89}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26876BA4-9AEE-41A8-ABC0-0211C9B9846B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC9CFA85-FB62-43B6-A7E2-17E6BB68CD2D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEA0CC43-20A1-46DB-AEF4-3B2E6DA29F94}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ee2179c8-98d5-41fc-86a5-8c6c5759cba3"/>
     <ds:schemaRef ds:uri="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26876BA4-9AEE-41A8-ABC0-0211C9B9846B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC1E0B43-6A04-4E48-940D-1392D1691F89}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ee2179c8-98d5-41fc-86a5-8c6c5759cba3"/>
+    <ds:schemaRef ds:uri="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3498</Characters>
+  <Pages>2</Pages>
+  <Words>506</Words>
+  <Characters>3190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ELKB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4045</CharactersWithSpaces>
+  <CharactersWithSpaces>3689</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frohmader Martina</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A4A4C0A33C13314D81531D9E19C6D7F8</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>