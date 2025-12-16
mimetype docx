--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="71252DEC" w14:textId="3F6DBC5E" w:rsidR="006961A9" w:rsidRPr="00092854" w:rsidRDefault="004472BA" w:rsidP="00F56E25">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00092854">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Dokumentation von Vermutungen</w:t>
       </w:r>
@@ -292,68 +292,62 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6406" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="70D2C0A8" w14:textId="77777777" w:rsidR="005F4500" w:rsidRPr="00092854" w:rsidRDefault="005F4500" w:rsidP="00761141">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00321098" w:rsidRPr="00092854" w14:paraId="62941D83" w14:textId="77777777" w:rsidTr="009026D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EAA3641" w14:textId="31A31601" w:rsidR="009026D9" w:rsidRPr="00092854" w:rsidRDefault="009F4627" w:rsidP="00321098">
-[...16 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="0EAA3641" w14:textId="77777777" w:rsidR="009026D9" w:rsidRPr="00092854" w:rsidRDefault="009026D9" w:rsidP="00321098">
+            <w:pPr>
+              <w:pStyle w:val="KeinLeerraum"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00092854">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Täter*in:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32F02472" w14:textId="77777777" w:rsidR="00321098" w:rsidRPr="00092854" w:rsidRDefault="00321098" w:rsidP="00321098">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00092854">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Name, Alter, Geschlecht</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41B2F22B" w14:textId="77777777" w:rsidR="00321098" w:rsidRPr="00092854" w:rsidRDefault="00321098" w:rsidP="00761141">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="090143C6" w14:textId="77777777" w:rsidR="009026D9" w:rsidRPr="00092854" w:rsidRDefault="009026D9" w:rsidP="00761141">
@@ -1693,76 +1687,76 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="635859E2" w14:textId="77777777" w:rsidR="00321098" w:rsidRPr="00092854" w:rsidRDefault="00321098" w:rsidP="00761141">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00321098" w:rsidRPr="00092854">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="24728087" w14:textId="77777777" w:rsidR="00FB212E" w:rsidRDefault="00FB212E" w:rsidP="00F56E25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0044B0D2" w14:textId="77777777" w:rsidR="00FB212E" w:rsidRDefault="00FB212E" w:rsidP="00F56E25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1779,51 +1773,51 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="3068F1CA" w14:textId="416E4A86" w:rsidR="00F56E25" w:rsidRPr="004472BA" w:rsidRDefault="005D3CB7" w:rsidP="005D3CB7">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005D3CB7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66643004" wp14:editId="2C92F640">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
@@ -1999,76 +1993,76 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2424759" cy="675503"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1CF64191" w14:textId="77777777" w:rsidR="00FB212E" w:rsidRDefault="00FB212E" w:rsidP="00F56E25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="21F5F286" w14:textId="77777777" w:rsidR="00FB212E" w:rsidRDefault="00FB212E" w:rsidP="00F56E25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="2FD7AF37" w14:textId="0D991E09" w:rsidR="005D3CB7" w:rsidRDefault="005D3CB7" w:rsidP="005D3CB7">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4621EC74" wp14:editId="1E78E5ED">
           <wp:extent cx="2878538" cy="612158"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Grafik 2" descr="Ein Bild, das Text, Clipart enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Grafik 2" descr="Ein Bild, das Text, Clipart enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -2088,51 +2082,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2909837" cy="618814"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03EB7647"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B3E44DE"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3717,52 +3711,53 @@
   <w:num w:numId="8" w16cid:durableId="1858233063">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1815642078">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1329937783">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="554316527">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="105347572">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="837385754">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="736898399">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C9083E"/>
     <w:rsid w:val="00021B6A"/>
     <w:rsid w:val="00025CFF"/>
     <w:rsid w:val="00091E9C"/>
     <w:rsid w:val="00092854"/>
@@ -3775,102 +3770,100 @@
     <w:rsid w:val="00321098"/>
     <w:rsid w:val="0032495D"/>
     <w:rsid w:val="00343A56"/>
     <w:rsid w:val="003A1335"/>
     <w:rsid w:val="003C0A22"/>
     <w:rsid w:val="004472BA"/>
     <w:rsid w:val="004B2F11"/>
     <w:rsid w:val="004C5810"/>
     <w:rsid w:val="004D0814"/>
     <w:rsid w:val="00544248"/>
     <w:rsid w:val="00557EB9"/>
     <w:rsid w:val="005D3CB7"/>
     <w:rsid w:val="005F4500"/>
     <w:rsid w:val="006961A9"/>
     <w:rsid w:val="00697CB6"/>
     <w:rsid w:val="006C4330"/>
     <w:rsid w:val="006D4850"/>
     <w:rsid w:val="00743351"/>
     <w:rsid w:val="00761141"/>
     <w:rsid w:val="007D0784"/>
     <w:rsid w:val="007D1160"/>
     <w:rsid w:val="008612DB"/>
     <w:rsid w:val="008D7CD7"/>
     <w:rsid w:val="009026D9"/>
     <w:rsid w:val="009C0051"/>
-    <w:rsid w:val="009F4627"/>
     <w:rsid w:val="009F66AD"/>
-    <w:rsid w:val="00A94328"/>
     <w:rsid w:val="00AF5A69"/>
     <w:rsid w:val="00B62112"/>
     <w:rsid w:val="00BA6320"/>
     <w:rsid w:val="00C5012A"/>
     <w:rsid w:val="00C72D34"/>
     <w:rsid w:val="00C9083E"/>
     <w:rsid w:val="00CF387B"/>
     <w:rsid w:val="00DA22FA"/>
     <w:rsid w:val="00E12883"/>
     <w:rsid w:val="00E3359E"/>
     <w:rsid w:val="00F15658"/>
     <w:rsid w:val="00F22436"/>
     <w:rsid w:val="00F428DC"/>
     <w:rsid w:val="00F56E25"/>
     <w:rsid w:val="00F922F6"/>
     <w:rsid w:val="00FA2650"/>
     <w:rsid w:val="00FB212E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="602D8123"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{313AC55C-FB17-436C-BF39-376D3010D638}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4398,51 +4391,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="FuzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F56E25"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F56E25"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="1263608655">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -4709,50 +4702,54 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100A4A4C0A33C13314D81531D9E19C6D7F8" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="7fbea714a3ab8603526cea7770568f0d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee2179c8-98d5-41fc-86a5-8c6c5759cba3" xmlns:ns3="f9b6240b-5e0f-43c1-bfa5-2795c42684c0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4b60b8c2a31c0affd6ba43ab64137354" ns2:_="" ns3:_="">
     <xsd:import namespace="ee2179c8-98d5-41fc-86a5-8c6c5759cba3"/>
     <xsd:import namespace="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -4943,150 +4940,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ee2179c8-98d5-41fc-86a5-8c6c5759cba3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f9b6240b-5e0f-43c1-bfa5-2795c42684c0" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44C54DA5-C091-4AE5-9A27-C344F54341BC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B5296F9-3AB1-48DA-8DD5-2E06F20C771C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ee2179c8-98d5-41fc-86a5-8c6c5759cba3"/>
     <ds:schemaRef ds:uri="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44C54DA5-C091-4AE5-9A27-C344F54341BC}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D39AED6-A789-4EB0-BCBD-6B3AA718CFF4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA72719C-2F85-4A13-A12D-91A4FB41DE43}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ee2179c8-98d5-41fc-86a5-8c6c5759cba3"/>
     <ds:schemaRef ds:uri="f9b6240b-5e0f-43c1-bfa5-2795c42684c0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>591</Words>
-  <Characters>592</Characters>
+  <Words>160</Words>
+  <Characters>1012</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>592</Lines>
-  <Paragraphs>591</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ELKB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>592</CharactersWithSpaces>
+  <CharactersWithSpaces>1170</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Eva.Mensching</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A4A4C0A33C13314D81531D9E19C6D7F8</vt:lpwstr>