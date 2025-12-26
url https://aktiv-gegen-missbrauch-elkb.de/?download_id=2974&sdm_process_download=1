--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -1,59 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6C4F7807" w14:textId="77777777" w:rsidR="005F294F" w:rsidRDefault="002608E9">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Anhang 7</w:t>
       </w:r>
     </w:p>
@@ -87,51 +82,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="427F1A05" wp14:editId="2116195F">
                   <wp:extent cx="238760" cy="238760"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Grafik 1" descr="Informationen mit einfarbiger Füllung"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name="Grafik 1" descr="Informationen mit einfarbiger Füllung"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11"/>
+                          <a:blip r:embed="rId7"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="238760" cy="238760"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -145,193 +140,137 @@
           <w:p w14:paraId="429EA9FE" w14:textId="77777777" w:rsidR="005F294F" w:rsidRDefault="002608E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="RotisSansSerif" w:eastAsia="Calibri" w:hAnsi="RotisSansSerif"/>
               </w:rPr>
               <w:t>Bei diesem Text handelt es sich um einen Beispieltext. Viele Formulierungen sind als Empfehlungen oder Anregungen zu verstehen. Der Text muss individuell auf die Rahmenbedingungen der eigenen Kirchengemeinde (Dekanatsbezirk, Einrichtung) angepasst werden. Dabei ist darauf zu achten, dass nicht eine unrealistische Maximalforderung beschrieben wird, sondern alltagstaugliche Regelungen, die zu Ihren Bedingungen vor Ort passen.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BEC5BA0" w14:textId="77777777" w:rsidR="005F294F" w:rsidRDefault="005F294F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00592763" w14:textId="1F2B965A" w:rsidR="005F294F" w:rsidRDefault="002608E9">
+    <w:p w14:paraId="00592763" w14:textId="77777777" w:rsidR="005F294F" w:rsidRDefault="002608E9">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Schulung und Fortbildung</w:t>
+        <w:t>Textbaustein Schulung und Fortbildung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7748C107" w14:textId="77777777" w:rsidR="005F294F" w:rsidRDefault="005F294F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EA6329D" w14:textId="4779479A" w:rsidR="005F294F" w:rsidRDefault="002608E9">
+    <w:p w14:paraId="5EA6329D" w14:textId="5880A47E" w:rsidR="005F294F" w:rsidRDefault="002608E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
-        <w:t xml:space="preserve">Um die uns vertrauenden Menschen bestmöglich vor sexualisierter Gewalt zu schützen, ist es nötig, dass Mitarbeitende in unserer Kirchengemeinde (Dekanatsbezirk, Einrichtung) für dieses Thema sensibilisiert sind. Sie müssen wissen, was sexualisierte Gewalt ist, welche Strategien Täter*innen verfolgen, welche Risikofaktoren sexualisierte Gewalt begünstigen, was Grundsätze im Kontakt mit Betroffenen sind und was zu tun ist, wenn ein Verdacht im Raum steht. Zur Teilnahme an Schulungen bzw. Fortbildungen zum Thema </w:t>
-[...5 lines deleted...]
-        <w:t>„</w:t>
+        <w:t xml:space="preserve">Um die uns vertrauenden Menschen bestmöglich vor sexualisierter Gewalt zu schützen, ist es nötig, dass Mitarbeitende in unserer Kirchengemeinde (Dekanatsbezirk, Einrichtung) für dieses Thema sensibilisiert sind. Sie müssen wissen, was sexualisierte Gewalt ist, welche Strategien Täter*innen verfolgen, welche Risikofaktoren sexualisierte Gewalt begünstigen, was Grundsätze im Kontakt mit Betroffenen sind und was zu tun ist, wenn ein Verdacht im Raum steht. Zur Teilnahme an Schulungen bzw. Fortbildungen zum Thema Prävention sexualisierter Gewalt sind </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4172E" w:rsidRPr="00F34D36">
+        <w:rPr>
+          <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
+        </w:rPr>
+        <w:t>nach der Richtlinie der EKD zum Schutz vor sexualisierter Gewalt</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4172E">
+        <w:rPr>
+          <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
-        <w:t>Prävention sexualisierter Gewalt</w:t>
-[...5 lines deleted...]
-        <w:t>“</w:t>
+        <w:t>alle hauptberuflichen und ehrenamtlichen Mitarbeitenden verpflichtet</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4172E">
+        <w:rPr>
+          <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
+          <w:color w:val="FF011B"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="28F0930B" w14:textId="77777777" w:rsidR="005F294F" w:rsidRDefault="002608E9">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
-        <w:t>alle hauptberuflichen und ehrenamtlichen Mitarbeitenden verpflichtet</w:t>
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> erhalten:</w:t>
+        <w:t>So stellen wir sicher, dass alle haupt-, neben- und ehrenamtlichen Mitarbeitenden eine Schulung zum Thema Prävention sexualisierter Gewalt erhalten:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3045D6F4" w14:textId="77777777" w:rsidR="005F294F" w:rsidRDefault="005F294F"/>
     <w:p w14:paraId="02540CD6" w14:textId="68D9D6A8" w:rsidR="005F294F" w:rsidRDefault="002608E9">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t>Jugendleiter</w:t>
       </w:r>
       <w:r w:rsidR="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t>*</w:t>
@@ -408,117 +347,93 @@
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t>Haupt- und nebenberufliche Mitarbeitende sollen schnellstmöglich, auf jeden Fall innerhalb des ersten halben Jahres ihrer Tätigkeit an einer Schulung teilnehmen, sofern sie in den letzten fünf Jahren noch keine Schulung besucht haben. Unser Dekanat</w:t>
       </w:r>
       <w:r w:rsidR="0010767B" w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t>sbezirk</w:t>
       </w:r>
       <w:r w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t xml:space="preserve"> bietet alle zwei Jahre Schulungen für alle haupt- und nebenberuflichen Mitarbeitenden an. Dazwischen wird auf die Schulungen in der weiteren Region bzw. Online-Schulungen verwiesen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD1C133" w14:textId="11809739" w:rsidR="005F294F" w:rsidRPr="00F34D36" w:rsidRDefault="002608E9">
+    <w:p w14:paraId="2DD1C133" w14:textId="77777777" w:rsidR="005F294F" w:rsidRPr="00F34D36" w:rsidRDefault="002608E9">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
-        <w:t xml:space="preserve">Alle fünf Jahre muss eine Schulung bzw. Fortbildung zum Thema </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> besucht werden.</w:t>
+        <w:t>Alle fünf Jahre muss eine Schulung bzw. Fortbildung zum Thema Prävention sexualisierter Gewalt besucht werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62ED9898" w14:textId="77777777" w:rsidR="005F294F" w:rsidRPr="00F34D36" w:rsidRDefault="002608E9">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Unser Pfarramt informiert über die jeweils aktuellen Schulungen, dokumentiert Teilnahmebescheinigungen und erinnert an die Teilnahme, sofern sie noch nicht stattgefunden hat. Dazu legen die jeweiligen Gruppen und Kreise dem Pfarramt Listen mit allen Mitarbeitenden vor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5003F29C" w14:textId="637D9068" w:rsidR="005F294F" w:rsidRPr="00F34D36" w:rsidRDefault="002608E9" w:rsidP="003622AF">
+    <w:p w14:paraId="72B71A59" w14:textId="7191B9B0" w:rsidR="004A39E4" w:rsidRPr="00F34D36" w:rsidRDefault="002608E9">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nach zweifacher Erinnerung, an einer Schulung teilzunehmen, sucht </w:t>
       </w:r>
       <w:r w:rsidR="008E3970" w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t xml:space="preserve">der bzw. die Personalverantwortliche </w:t>
       </w:r>
       <w:r w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t xml:space="preserve">das Gespräch. Ist </w:t>
       </w:r>
       <w:r w:rsidR="004A39E4" w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t xml:space="preserve">eine ehrenamtliche Person </w:t>
       </w:r>
       <w:r w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t xml:space="preserve">nicht gewillt, an einer Schulung teilzunehmen, </w:t>
@@ -549,180 +464,184 @@
       </w:r>
       <w:r w:rsidR="0010767B" w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t>Kircheng</w:t>
       </w:r>
       <w:r w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t>emeinde</w:t>
       </w:r>
       <w:r w:rsidR="0010767B" w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t xml:space="preserve"> (im Dekanatsbezirk)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t xml:space="preserve"> ausgeschlossen werden. </w:t>
       </w:r>
-      <w:r w:rsidR="004A39E4" w:rsidRPr="003622AF">
+    </w:p>
+    <w:p w14:paraId="5003F29C" w14:textId="20BD5770" w:rsidR="005F294F" w:rsidRPr="00F34D36" w:rsidRDefault="004A39E4" w:rsidP="004A39E4">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F34D36">
         <w:rPr>
           <w:rFonts w:ascii="RotisSansSerif" w:hAnsi="RotisSansSerif"/>
         </w:rPr>
         <w:t>Bei Mitarbeitenden im Dienst- oder Arbeitsverhältnis sind arbeitsrechtliche Schritte zu erwägen.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005F294F" w:rsidRPr="00F34D36">
-      <w:headerReference w:type="default" r:id="rId12"/>
-      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3315C171" w14:textId="77777777" w:rsidR="001762F6" w:rsidRDefault="001762F6">
+    <w:p w14:paraId="10141A65" w14:textId="77777777" w:rsidR="00E32D33" w:rsidRDefault="00E32D33">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B592C78" w14:textId="77777777" w:rsidR="001762F6" w:rsidRDefault="001762F6">
+    <w:p w14:paraId="75FF27FC" w14:textId="77777777" w:rsidR="00E32D33" w:rsidRDefault="00E32D33">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Carlito">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Droid Sans Devanagari">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="RotisSansSerif">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000027" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="77005BB0" w14:textId="77777777" w:rsidR="005F294F" w:rsidRDefault="002608E9">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E8EFB20" wp14:editId="1E44A94F">
           <wp:extent cx="2367915" cy="659765"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="3" name="Grafik 3" descr="Ein Bild, das Text enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Grafik 3" descr="Ein Bild, das Text enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -810,117 +729,76 @@
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>95000</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>95000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:rect id="shape_0" ID="Rechteck 452" path="m0,0l-2147483645,0l-2147483645,-2147483646l0,-2147483646xe" stroked="t" o:allowincell="f" style="position:absolute;margin-left:8.65pt;margin-top:45.85pt;width:577.9pt;height:812.3pt;mso-wrap-style:none;v-text-anchor:middle;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" wp14:anchorId="5D66D472">
               <v:fill o:detectmouseclick="t" on="false"/>
               <v:stroke color="#767171" weight="15840" joinstyle="miter" endcap="flat"/>
               <w10:wrap type="none"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E0C43B1" w14:textId="77777777" w:rsidR="001762F6" w:rsidRDefault="001762F6">
+    <w:p w14:paraId="4523F582" w14:textId="77777777" w:rsidR="00E32D33" w:rsidRDefault="00E32D33">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="149D7BE6" w14:textId="77777777" w:rsidR="001762F6" w:rsidRDefault="001762F6">
+    <w:p w14:paraId="60581511" w14:textId="77777777" w:rsidR="00E32D33" w:rsidRDefault="00E32D33">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3524F0B5" w14:textId="77777777" w:rsidR="005F294F" w:rsidRDefault="002608E9">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="048978CF" wp14:editId="28EC5BEA">
           <wp:extent cx="2878455" cy="612140"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Grafik 2" descr="Ein Bild, das Text, Clipart enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Grafik 2" descr="Ein Bild, das Text, Clipart enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -929,51 +807,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2878455" cy="612140"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F8A3779"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A0021600"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1202,135 +1080,118 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1475564996">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1752048384">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F294F"/>
     <w:rsid w:val="0010767B"/>
-    <w:rsid w:val="0011205C"/>
-    <w:rsid w:val="001762F6"/>
     <w:rsid w:val="002608E9"/>
-    <w:rsid w:val="00336061"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0046122F"/>
     <w:rsid w:val="004A39E4"/>
-    <w:rsid w:val="004D4C61"/>
-    <w:rsid w:val="005A45FD"/>
     <w:rsid w:val="005F294F"/>
-    <w:rsid w:val="00632C46"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008C6BF5"/>
     <w:rsid w:val="008E3970"/>
-    <w:rsid w:val="00A7070B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AB3EBC"/>
     <w:rsid w:val="00AD7721"/>
     <w:rsid w:val="00C40186"/>
     <w:rsid w:val="00D219DD"/>
     <w:rsid w:val="00D4172E"/>
-    <w:rsid w:val="00D90A66"/>
     <w:rsid w:val="00DD38E0"/>
     <w:rsid w:val="00E32D33"/>
-    <w:rsid w:val="00EA5D4E"/>
     <w:rsid w:val="00F34D36"/>
-    <w:rsid w:val="00FE01BD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="107D1050"/>
   <w15:docId w15:val="{18F5C40E-5555-4E9A-8FDD-7D7E6A957532}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1733,50 +1594,51 @@
   <w:style w:type="paragraph" w:styleId="berschrift2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift2Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004F648B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
     <w:name w:val="Überschrift 1 Zchn"/>
@@ -2026,129 +1888,63 @@
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rahmeninhalt">
     <w:name w:val="Rahmeninhalt"/>
     <w:basedOn w:val="Standard"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00516512"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Funotentext">
-[...60 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aktiv-gegen-missbrauch-elkb.de/?sdm_process_download=1&amp;download_id=4649" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -2285,406 +2081,74 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...319 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>474</Words>
-  <Characters>2988</Characters>
+  <Words>475</Words>
+  <Characters>2994</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3456</CharactersWithSpaces>
+  <CharactersWithSpaces>3463</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ross Anne</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>de-DE</dc:language>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>