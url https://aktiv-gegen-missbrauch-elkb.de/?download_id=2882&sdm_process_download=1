--- v0 (2025-10-16)
+++ v1 (2026-01-19)
@@ -1,59 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="539A78A5" w14:textId="33B6EE31" w:rsidR="00CB6A13" w:rsidRPr="0079153C" w:rsidRDefault="00CB6A13">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0079153C">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Anhang 1 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:horzAnchor="margin" w:tblpY="1110"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="C8B9D8"/>
           <w:left w:val="single" w:sz="24" w:space="0" w:color="C8B9D8"/>
           <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C8B9D8"/>
@@ -71,93 +67,101 @@
           <w:tcPr>
             <w:tcW w:w="9012" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B5FED05" w14:textId="77777777" w:rsidR="004A13FB" w:rsidRDefault="004A13FB" w:rsidP="00431262">
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69CF6B1F" wp14:editId="554D6CF0">
                   <wp:extent cx="238836" cy="238836"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                   <wp:docPr id="1" name="Grafik 1" descr="Informationen mit einfarbiger Füllung"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name="Grafik 1" descr="Informationen mit einfarbiger Füllung"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10" cstate="print">
+                          <a:blip r:embed="rId7" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="241861" cy="241861"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Wichtiger Hinweis:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A1497E9" w14:textId="77777777" w:rsidR="004A13FB" w:rsidRDefault="004A13FB" w:rsidP="00431262">
             <w:r>
               <w:t>Bei diesem Text handelt es sich um einen Beispieltext. Viele Formulierungen sind als Empfehlungen oder Anregungen zu verstehen. Der Text muss individuell auf die Rahmenbedingungen der eigenen Kirchengemeinde (Dekanatsbezirk, Einrichtung) angepasst werden. Dabei ist darauf zu achten, dass nicht eine unrealistische Maximalforderung beschrieben wird, sondern alltagstaugliche Regelungen, die zu Ihren Bedingungen vor Ort passen.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="231476E0" w14:textId="77777777" w:rsidR="004A13FB" w:rsidRDefault="004A13FB" w:rsidP="00431262"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0BDCA984" w14:textId="77777777" w:rsidR="004A13FB" w:rsidRDefault="004A13FB"/>
+    <w:p w14:paraId="28A3CA71" w14:textId="77777777" w:rsidR="004A13FB" w:rsidRDefault="004A13FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4CC43CBE" w14:textId="0D5FA0AD" w:rsidR="008340C7" w:rsidRPr="001301A9" w:rsidRDefault="00313654">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001301A9">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Beispieltext</w:t>
       </w:r>
       <w:r w:rsidR="005A443B" w:rsidRPr="001301A9">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> Risiko</w:t>
       </w:r>
       <w:r w:rsidR="00F44D08" w:rsidRPr="001301A9">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
@@ -460,306 +464,136 @@
           <w:p w14:paraId="6FC16522" w14:textId="77777777" w:rsidR="00EF2C7B" w:rsidRDefault="00EF2C7B"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF2C7B" w14:paraId="603D4C17" w14:textId="77777777" w:rsidTr="00EF2C7B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D94ED9C" w14:textId="77777777" w:rsidR="00EF2C7B" w:rsidRDefault="00EF2C7B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="556C6904" w14:textId="77777777" w:rsidR="00EF2C7B" w:rsidRDefault="00EF2C7B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B05954C" w14:textId="77777777" w:rsidR="00EF2C7B" w:rsidRDefault="00EF2C7B"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27112BF7" w14:textId="77777777" w:rsidR="00EF2C7B" w:rsidRDefault="00EF2C7B"/>
-    <w:tbl>
-[...171 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId14"/>
+    <w:sectPr w:rsidR="00EF2C7B">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4735DE54" w14:textId="77777777" w:rsidR="00047FF9" w:rsidRDefault="00047FF9" w:rsidP="00913C22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0ACA6B7E" w14:textId="77777777" w:rsidR="00047FF9" w:rsidRDefault="00047FF9" w:rsidP="00913C22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="5AD73657" w14:textId="1DB286B2" w:rsidR="00913C22" w:rsidRDefault="00913C22" w:rsidP="00913C22">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64E6122F" wp14:editId="11429218">
           <wp:extent cx="2368069" cy="659710"/>
           <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:docPr id="3" name="Grafik 3" descr="Ein Bild, das Text enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Grafik 3" descr="Ein Bild, das Text enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -864,76 +698,76 @@
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>95000</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>95000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:rect w14:anchorId="65A18F6A" id="Rechteck 452" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:0;width:579.9pt;height:750.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:950;mso-height-percent:950;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:center;mso-position-vertical-relative:page;mso-width-percent:950;mso-height-percent:950;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaVibxjgIAAI0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGyEQvVfqPyDuzdqOHTtW1pGVKFWl&#10;NLGaVDljFrwrAUMBe+1+fQdYr6M0aqWqPqyBmXmPeczM1fVeK7ITzjdgSjo8G1AiDIeqMZuSfn++&#10;+zSjxAdmKqbAiJIehKfXi48frlo7FyOoQVXCEQQxft7aktYh2HlReF4LzfwZWGHQKMFpFnDrNkXl&#10;WIvoWhWjweCiaMFV1gEX3uPpbTbSRcKXUvDwKKUXgaiS4t1C+rr0Xcdvsbhi841jtm54dw32D7fQ&#10;rDFI2kPdssDI1jW/QemGO/AgwxkHXYCUDRcpB8xmOHiTzVPNrEi5oDje9jL5/wfLH3ZPduVQhtb6&#10;ucdlzGIvnY7/eD+yT2IderHEPhCOh9Pzi/H0HDXlaLucjGazYZKzOIVb58NnAZrERUkdvkYSie3u&#10;fUBKdD26RDYDd41S6UWUIS2W02Q2naQID6qpojX6peIQN8qRHcNnXW9GyUdt9Veo8tlkgL/4uEjR&#10;u+fdCQltyuDhKfO0CgclIo0y34QkTYW5ZoIeKHMwzoUJw3y/mlXib9QJMCJLTKTH7gBiwZ9yOmLn&#10;DDr/GCpSTffBg8z+p+A+IjGDCX2wbgy49wAUZtUxZ/+jSFmaqNIaqsPKEQe5o7zldw0+8j3zYcUc&#10;thAWBo6F8IgfqQAfE7oVJTW4n++dR3+sbLRS0mJLltT/2DInKFFfDNb85XA8jj2cNuPJdIQb99qy&#10;fm0xW30DWB5DHECWp2X0D+q4lA70C06PZWRFEzMcuUvKgztubkIeFTh/uFgukxv2rWXh3jxZHsGj&#10;qrGIn/cvzNmu0gM2yQMc25fN3xR89o2RBpbbALJJ3XDStdMbez7VbDef4lB5vU9epym6+AUAAP//&#10;AwBQSwMEFAAGAAgAAAAhAI3L74rcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I&#10;/IfISNxYOqSi0TWdKgYHOIAoTFy91ksrGqc02Vb+PR4XuFi2nvXe9/LV5Hp1oDF0ng3MZwko4to3&#10;HVsD728PVwtQISI32HsmA98UYFWcn+WYNf7Ir3SoolViwiFDA22MQ6Z1qFtyGGZ+IBZt50eHUc7R&#10;6mbEo5i7Xl8nyY122LEktDjQXUv1Z7V3BtZ1WdrHr/t1tfh4eQpoN8lzujHm8mIql6AiTfHvGU74&#10;gg6FMG39npugegNSJP7OkzZPb6XHVrZUQkEXuf7PX/wAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAmlYm8Y4CAACNBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAjcvvitwAAAAHAQAADwAAAAAAAAAAAAAAAADoBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" filled="f" strokecolor="#747070 [1614]" strokeweight="1.25pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="447B7E88" w14:textId="77777777" w:rsidR="00047FF9" w:rsidRDefault="00047FF9" w:rsidP="00913C22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="59EC0847" w14:textId="77777777" w:rsidR="00047FF9" w:rsidRDefault="00047FF9" w:rsidP="00913C22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="16447E51" w14:textId="0C1506CC" w:rsidR="00913C22" w:rsidRDefault="00913C22" w:rsidP="00913C22">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0750611A" wp14:editId="55B2E691">
           <wp:extent cx="2878538" cy="612158"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Grafik 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -953,51 +787,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2909837" cy="618814"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="164D39A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E134350A"/>
     <w:lvl w:ilvl="0" w:tplc="A72A87A2">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1067,246 +901,129 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...111 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1506629592">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A443B"/>
     <w:rsid w:val="00047FF9"/>
     <w:rsid w:val="001301A9"/>
     <w:rsid w:val="00313654"/>
     <w:rsid w:val="004208F6"/>
     <w:rsid w:val="004A13FB"/>
     <w:rsid w:val="005A443B"/>
     <w:rsid w:val="006875D6"/>
     <w:rsid w:val="0079153C"/>
     <w:rsid w:val="007A51CA"/>
     <w:rsid w:val="007C6A24"/>
     <w:rsid w:val="008340C7"/>
     <w:rsid w:val="00913C22"/>
     <w:rsid w:val="00991182"/>
-    <w:rsid w:val="00A41EE2"/>
     <w:rsid w:val="00CB6A13"/>
-    <w:rsid w:val="00DD23F2"/>
     <w:rsid w:val="00EF2C7B"/>
     <w:rsid w:val="00F44D08"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="04998306"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{78F742D7-6E58-4186-AA14-8F9C9726D8B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1831,66 +1548,66 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="FuzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00913C22"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00913C22"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2110,375 +1827,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...288 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>233</Words>
-  <Characters>1468</Characters>
+  <Words>188</Words>
+  <Characters>1189</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1698</CharactersWithSpaces>
+  <CharactersWithSpaces>1375</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lucke Marlene</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>